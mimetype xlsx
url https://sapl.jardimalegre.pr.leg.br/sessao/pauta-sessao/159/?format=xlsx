--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -10,83 +10,254 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="68">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
+    <t>ordem dia</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Moises Lnortovz dos Santos - Prefeito</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a efetuar abertura de crédito adicional especial no orçamento do Município de Jardim Alegre-Pr., para o exercício de 2026</t>
+  </si>
+  <si>
+    <t>1ª Discussão e Votação</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no orçamento do Município de Jardim Alegre para o Exercício de 2026.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional especial no orçamento do município de Jardim Alegre Pr., para o exercício de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>Autoriza o executivo municipal a efetuar a abertura de crédito adicional especial no orçamento do município de Jardim Alegre Pr., para o exercício de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>Recompõe o valor e dá aumento real ao auxílio alimentação, criado pela Lei nº 2.499/2023 e dá outras providências</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual aos servidores e empregados públicos dos Poderes Executivo e Legislativo do Município de Jardim Alegre e dá outras providências</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual e atualiza os vencimentos dos Professores e Profissionais da Educação (Monitores 20 horas e 40 horas semanais) na Rede Municipal de Educação e dá outras providências</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Legislativo nº 16 de 2025</t>
+  </si>
+  <si>
+    <t>Claudinei Ferreira</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade da instalação de câmeras de vigilância com captação de áudio e vídeo nos veículos destinados ao transporte público escolar no Município de Jardim Alegre/PR e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Legislativo nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual e reajuste ao auxílio alimentação do Poder Legislativo, criado pela Lei Municipal 2.497/2023.</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Atualiza o valor da diária do Poder Legislativo do Município de Jardim Alegre para o ano de 2026, nos termos do parágrafo único do art. 5° da Lei Municipal 2.704/2025.</t>
+  </si>
+  <si>
+    <t>Única discussão e votação</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 10/2024, da Câmara Municipal de Jardim Alegre/PR, que transformou o Parecer Jurídico nº 07/2024 em Parecer Jurídico Referencial nº 01/2024, para disciplinar o procedimento a ser adotado nos processos administrativos de inexigibilidade de licitação para a contratação de serviço(s) técnico(s) especializado(s) visando o treinamento e aperfeiçoamento de pessoal, nos termos do art. 74, III, “f”, da Lei Federal nº 14.133/2021.</t>
+  </si>
+  <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 8 de 2026</t>
   </si>
   <si>
     <t>Pio</t>
   </si>
   <si>
     <t>Solicita que o Município faça, a cada 15 (quinze) dias, o “dia da terra”, com a finalidade de fornecer pequenas quantidades de terra para a população, mediante o fornecimento da terra e dos serviços.</t>
   </si>
   <si>
     <t>Leitura</t>
+  </si>
+  <si>
+    <t>Indicação nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita o empedramento do carreador do sítio Santa Rita de Cássia de propriedade do Senhor João André de Paulo Grosso para facilitar o escoamento das produções do Bicho-da-seda e da Granja de Frango.</t>
+  </si>
+  <si>
+    <t>Indicação nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>Guina</t>
+  </si>
+  <si>
+    <t>Solicita a colocação de alambrado e que seja feito banheiro e vestiário na quadra esportiva da Placa Luar.</t>
+  </si>
+  <si>
+    <t>Indicação nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita a realização de estudo técnico sobre a possibilidade e viabilidade de instalação de um semáforo na Avenida Getulina na esquina com a Rua Londres, próximo à Casa Paroquial.</t>
+  </si>
+  <si>
+    <t>Indicação nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita a colocação de manilha nas entradas das propriedades na localidade do Palmeirinha.</t>
+  </si>
+  <si>
+    <t>Indicação nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>Sônia Campos</t>
+  </si>
+  <si>
+    <t>Solicita que seja jogado água nas ruas do centro da cidade pelo menos 2 vezes por semana para evitar a poeira.</t>
+  </si>
+  <si>
+    <t>Indicação nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita que seja viabilizado a regularização dos terrenos da Barra Preta, Pouso Alegre, Placa Luar, Jardim Florestal, Brasinha e Palmeirinha.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Jardim Alegre a receber imóveis em doação, custeando as despesas para desmembramento e registro e dá outras providências</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>Institui e garante o pagamento de piso salarial aos Professores e Profissionais da Educação (Monitores) e dá outras providências</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Legislativo nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Concede reajuste ao vencimento básico dos servidores públicos da Câmara Municipal de Jardim Alegre, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Pio,Guina,Língua Preta,Parabólica</t>
+  </si>
+  <si>
+    <t>Convoca a Diretora do Departamento de Tributação e Fiscalização para prestar informação aos Vereadores e ao cidadão jardim-alegrense sobre os procedimentos exigidos pelo referido departamento.</t>
+  </si>
+  <si>
+    <t>Leitura e única discussão e votação</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -378,102 +549,622 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F2"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="21" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="34" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="32.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>1918</v>
+        <v>1898</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>1899</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>1900</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>1901</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>1902</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>1903</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>1904</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>1905</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>1906</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>1911</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>1910</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>1912</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>1887</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>1913</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>1914</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>1915</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>1918</v>
+      </c>
+      <c r="B18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>1920</v>
+      </c>
+      <c r="B19" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>1921</v>
+      </c>
+      <c r="B20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
+        <v>48</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>1922</v>
+      </c>
+      <c r="B21" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>1923</v>
+      </c>
+      <c r="B22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>1925</v>
+      </c>
+      <c r="B23" t="s">
+        <v>39</v>
+      </c>
+      <c r="C23" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" t="s">
+        <v>55</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>1926</v>
+      </c>
+      <c r="B24" t="s">
+        <v>39</v>
+      </c>
+      <c r="C24" t="s">
+        <v>56</v>
+      </c>
+      <c r="D24" t="s">
+        <v>54</v>
+      </c>
+      <c r="E24" t="s">
+        <v>57</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>1927</v>
+      </c>
+      <c r="B25" t="s">
+        <v>39</v>
+      </c>
+      <c r="C25" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>1928</v>
+      </c>
+      <c r="B26" t="s">
+        <v>39</v>
+      </c>
+      <c r="C26" t="s">
+        <v>60</v>
+      </c>
+      <c r="D26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" t="s">
+        <v>61</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>1919</v>
+      </c>
+      <c r="B27" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" t="s">
+        <v>62</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>63</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>1924</v>
+      </c>
+      <c r="B28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C28" t="s">
+        <v>64</v>
+      </c>
+      <c r="D28" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>